--- v0 (2025-10-09)
+++ v1 (2026-03-27)
@@ -1,52 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="003856E0" w:rsidRPr="0016633F" w:rsidRDefault="009C4F0A" w:rsidP="0016633F">
+    <w:p w14:paraId="30C2AF0A" w14:textId="77777777" w:rsidR="003856E0" w:rsidRPr="0016633F" w:rsidRDefault="009C4F0A" w:rsidP="0016633F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato Regular" w:eastAsia="Times New Roman" w:hAnsi="Lato Regular" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lato Regular" w:eastAsia="Times New Roman" w:hAnsi="Lato Regular" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Wykaz p</w:t>
       </w:r>
       <w:r w:rsidR="003E14A0" w:rsidRPr="00E934F8">
@@ -201,94 +200,95 @@
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>, których Polska jest stroną</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:topFromText="300" w:bottomFromText="300" w:vertAnchor="text"/>
         <w:tblW w:w="9724" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="DADADA"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="DADADA"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="DADADA"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="DADADA"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4970"/>
         <w:gridCol w:w="4754"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003856E0" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="003856E0" w:rsidRPr="00EC2498" w14:paraId="4FDBD7E2" w14:textId="77777777" w:rsidTr="008B0341">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003856E0" w:rsidRPr="005A5663" w:rsidRDefault="003856E0" w:rsidP="009935F7">
+          <w:p w14:paraId="37C1F0D2" w14:textId="77777777" w:rsidR="003856E0" w:rsidRPr="005A5663" w:rsidRDefault="003856E0" w:rsidP="009935F7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5663">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Placówka ZUS </w:t>
             </w:r>
             <w:r w:rsidR="00561677">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">wyznaczona do obsługi </w:t>
             </w:r>
             <w:r w:rsidRPr="005A5663">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>wniosk</w:t>
             </w:r>
             <w:r w:rsidR="00561677">
@@ -410,75 +410,75 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>o zabezpieczeniu społecznym</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003856E0" w:rsidRPr="005A5663" w:rsidRDefault="003856E0" w:rsidP="008B0341">
+          <w:p w14:paraId="26406821" w14:textId="77777777" w:rsidR="003856E0" w:rsidRPr="005A5663" w:rsidRDefault="003856E0" w:rsidP="008B0341">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5663">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Dla osób, które: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C36A6" w:rsidRDefault="003856E0" w:rsidP="008B0341">
+          <w:p w14:paraId="0FE78A8A" w14:textId="77777777" w:rsidR="001C36A6" w:rsidRDefault="003856E0" w:rsidP="008B0341">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5663">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00C85CB6">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
@@ -579,534 +579,534 @@
               <w:br/>
             </w:r>
             <w:r w:rsidR="001C70D5">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">państwie, z którym Polska jest związana </w:t>
             </w:r>
             <w:r w:rsidR="00E94497">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>dwustronną umową o zabezpieczeniu społecznym</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003856E0" w:rsidRPr="005A5663" w:rsidRDefault="003856E0" w:rsidP="00211273">
+          <w:p w14:paraId="40BA8DB9" w14:textId="77777777" w:rsidR="003856E0" w:rsidRPr="005A5663" w:rsidRDefault="003856E0" w:rsidP="00211273">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A5663">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525BFA" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="00525BFA" w:rsidRPr="00EC2498" w14:paraId="2D19178A" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="3FF5E599" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w Bydgoszczy</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="5775F905" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00525BFA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Wydział Realizacji </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="63DF17DF" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Umów Międzynarodowych</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
-[...11 lines deleted...]
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="00A3A4CD" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20F5F755" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Ul. M. Konopnickiej 18 a </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="171E4DD3" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>85-124 Bydgoszcz</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
-[...11 lines deleted...]
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="009C63BF" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AAB482E" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Adres do korespondencji:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="67FCC7DE" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Ul. Świętej Trójcy 33</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRPr="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="678C715A" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRPr="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>85-224 Bydgoszcz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00525BFA" w:rsidRPr="00EC2498" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="11E58482" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRPr="00EC2498" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Włochy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525BFA" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="00525BFA" w:rsidRPr="00EC2498" w14:paraId="2922C069" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="36A8D855" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddział ZUS w Chrzanowie </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="06800E7F" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00525BFA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Wydział </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Realizacji</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="79B8DAE6" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Umów Międzynarodowych</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="43B2B5AC" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Ul. Oświęcimska 14</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525BFA" w:rsidRPr="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="39F054BC" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRPr="00525BFA" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>32-500 Chrzanów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00525BFA" w:rsidRPr="00EC2498" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
+          <w:p w14:paraId="53EF948D" w14:textId="77777777" w:rsidR="00525BFA" w:rsidRPr="00EC2498" w:rsidRDefault="00525BFA" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Belgia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w14:paraId="11E0DF68" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B19D4" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="353C5828" w14:textId="77777777" w:rsidR="007B19D4" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2355">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w Gdańsku</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
@@ -1127,51 +1127,51 @@
               </w:rPr>
               <w:br/>
               <w:t>Umów M</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>iędzynarodowych</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="670ED277" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="00CF184D">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1187,457 +1187,457 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>80-748 Gdańsk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="3EAD1A90" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Wielka Brytania </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00021948" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="00021948" w:rsidRPr="00EC2498" w14:paraId="706EB31E" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
+          <w:p w14:paraId="7AE74B21" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w Krakowie</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
+          <w:p w14:paraId="163A3397" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00021948">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Wydział </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Realizacji</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
+          <w:p w14:paraId="51D9F269" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Umów Międzynarodowych</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
-[...11 lines deleted...]
-          <w:p w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
+          <w:p w14:paraId="313575B8" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AF1E9EF" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Ul. Zakopiańska 33</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
+          <w:p w14:paraId="5DA86AB6" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>30-418 Kraków</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00021948" w:rsidRPr="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
+          <w:p w14:paraId="2112AFBF" w14:textId="77777777" w:rsidR="00021948" w:rsidRPr="00021948" w:rsidRDefault="00021948" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007F2FF0">
+          <w:p w14:paraId="64ECEDE1" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="00021948" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Holandia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B19D4" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="007B19D4" w:rsidRPr="00EC2498" w14:paraId="12E942AD" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B19D4" w:rsidRPr="007A2355" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
+          <w:p w14:paraId="61DA72B1" w14:textId="77777777" w:rsidR="007B19D4" w:rsidRPr="007A2355" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2355">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w Lublinie</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007B19D4" w:rsidRPr="007B19D4" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
+          <w:p w14:paraId="146EE69E" w14:textId="77777777" w:rsidR="007B19D4" w:rsidRPr="007B19D4" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B19D4">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Wydział Realizacji Umów Międzynarodowych</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007B19D4" w:rsidRPr="007B19D4" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
-[...11 lines deleted...]
-          <w:p w:rsidR="007B19D4" w:rsidRPr="007B19D4" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
+          <w:p w14:paraId="7D91E79A" w14:textId="77777777" w:rsidR="007B19D4" w:rsidRPr="007B19D4" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="616F0597" w14:textId="77777777" w:rsidR="007B19D4" w:rsidRPr="007B19D4" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B19D4">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>ul. T. Zana 36-38 c</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007B19D4" w:rsidRPr="00EC2498" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
+          <w:p w14:paraId="7B365B6D" w14:textId="77777777" w:rsidR="007B19D4" w:rsidRPr="00EC2498" w:rsidRDefault="007B19D4" w:rsidP="007B19D4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B19D4">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>20-601 Lublin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="007B19D4" w:rsidRPr="00EC2498" w:rsidRDefault="008C74F7" w:rsidP="007F2FF0">
+          <w:p w14:paraId="6F5E622D" w14:textId="77777777" w:rsidR="007B19D4" w:rsidRPr="00EC2498" w:rsidRDefault="008C74F7" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Irlandia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w14:paraId="2567C6C9" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CF184D" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="19AF90BC" w14:textId="77777777" w:rsidR="00CF184D" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00961B31">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>I Oddział ZUS w Łodzi</w:t>
             </w:r>
             <w:r w:rsidRPr="00961B31">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
@@ -1658,264 +1658,296 @@
               </w:rPr>
               <w:t>Wydział Realizacji</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Umów Międzynarodowych </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="7F504460" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>ul. Zamenhofa 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>90-431 Łódź</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00021948" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="455C0D09" w14:textId="77777777" w:rsidR="00021948" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC2498">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
               <w:t>Cypr</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Grecja </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Malta  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="47DA8E0A" w14:textId="77777777" w:rsidR="00C51B03" w:rsidRDefault="00C51B03" w:rsidP="007F2FF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
+              <w:t>Hiszpania</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05294634" w14:textId="05284BC6" w:rsidR="00C51B03" w:rsidRDefault="00C51B03" w:rsidP="007F2FF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Portugalia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776CFD57" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC2498">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
               <w:t>Kanada</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="2B3FE21A" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Korea Południowa</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="4CD1BDB6" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Quebec</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w14:paraId="4DF55789" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CF184D" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="1941D46E" w14:textId="77777777" w:rsidR="00CF184D" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2355">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Oddział ZUS w Nowym Sączu</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2355">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
@@ -1937,51 +1969,51 @@
               </w:rPr>
               <w:t>Wydział Realizacji</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Umów Międzynarodowych</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="0D7F3769" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>ul</w:t>
             </w:r>
             <w:r w:rsidR="00CF184D">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1998,126 +2030,126 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>33-300 Nowy Sącz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007F2FF0" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="647D7A81" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Czechy</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Słowacja</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="3CD18C04" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w14:paraId="687DC284" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CF184D" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="582BF3B1" w14:textId="77777777" w:rsidR="00CF184D" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C067E">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w Opolu</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
@@ -2128,143 +2160,143 @@
               <w:br/>
               <w:t>Wydział Realizacji</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Umów Międzynarodowych </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="00CF184D" w:rsidP="007F2FF0">
+          <w:p w14:paraId="2930ADBC" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="00CF184D" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>ul. Wrocławska 24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>45-701 Opole</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="4B85D65E" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Niemcy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21FAA" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="00E21FAA" w:rsidRPr="00EC2498" w14:paraId="1176E14A" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E21FAA" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
+          <w:p w14:paraId="3B9C3126" w14:textId="77777777" w:rsidR="00E21FAA" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E54D55">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w Rzeszowie</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
@@ -2275,51 +2307,51 @@
               <w:br/>
               <w:t>Wydział Realizacji</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Umów Międzynarodowych</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E21FAA" w:rsidRPr="002C067E" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
+          <w:p w14:paraId="7216478F" w14:textId="77777777" w:rsidR="00E21FAA" w:rsidRPr="002C067E" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -2346,237 +2378,181 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>35-075 Rzeszów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E21FAA" w:rsidRPr="00E21FAA" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
+          <w:p w14:paraId="16AA140F" w14:textId="77777777" w:rsidR="00E21FAA" w:rsidRPr="00E21FAA" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21FAA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>Hiszpania</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E21FAA" w:rsidRPr="00E21FAA" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
+              <w:t>Ukraina</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D03B80" w14:textId="77777777" w:rsidR="00E21FAA" w:rsidRPr="00E21FAA" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21FAA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>Portugalia</w:t>
-[...54 lines deleted...]
-              </w:rPr>
               <w:t>Mołdawia</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E21FAA" w:rsidRPr="00EC2498" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
+          <w:p w14:paraId="70874BE1" w14:textId="77777777" w:rsidR="00E21FAA" w:rsidRPr="00EC2498" w:rsidRDefault="00E21FAA" w:rsidP="00E21FAA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21FAA">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Mongolia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w14:paraId="4075B4E5" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00903341" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="18AD92C0" w14:textId="77777777" w:rsidR="00903341" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C067E">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w Szczecinie</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Wydział Realizacji Umów Międzynarodowych</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00887BDA" w:rsidRDefault="007F2FF0" w:rsidP="00887BDA">
+          <w:p w14:paraId="55E3926F" w14:textId="77777777" w:rsidR="00887BDA" w:rsidRDefault="007F2FF0" w:rsidP="00887BDA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">ul. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -2649,51 +2625,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>70-772 Szczecin</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="00887BDA">
+          <w:p w14:paraId="16759F7E" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="00887BDA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Adres do korespondencji:</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2711,51 +2687,51 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>70-530 Szczecin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
+          <w:p w14:paraId="39745F38" w14:textId="77777777" w:rsidR="007F2FF0" w:rsidRPr="00EC2498" w:rsidRDefault="007F2FF0" w:rsidP="007F2FF0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Estonia</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2801,135 +2777,135 @@
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Norwegia</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Szwecja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="00384094" w:rsidRPr="00EC2498" w14:paraId="4DF3DEC0" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00384094" w:rsidRPr="00384094" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="7EA98EF4" w14:textId="77777777" w:rsidR="00384094" w:rsidRPr="00384094" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00384094">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddział ZUS w Tarnowie </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00903341" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="49DE17B5" w14:textId="77777777" w:rsidR="00903341" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Wydział Realizacji</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Umów Międzynarodowych </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="68405856" w14:textId="77777777" w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="00903341">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2945,51 +2921,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>33-100 Tarnów</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="001145BD">
+          <w:p w14:paraId="0789D66E" w14:textId="77777777" w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="001145BD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Austria</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3001,372 +2977,382 @@
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Słowenia</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E46912" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="00E46912" w:rsidRPr="00EC2498" w14:paraId="56BB372F" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005111B7" w:rsidRPr="00384094" w:rsidRDefault="005111B7" w:rsidP="005111B7">
+          <w:p w14:paraId="1FB54CB6" w14:textId="77777777" w:rsidR="005111B7" w:rsidRPr="00384094" w:rsidRDefault="005111B7" w:rsidP="005111B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00384094">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Oddział ZUS w T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">oruniu </w:t>
             </w:r>
             <w:r w:rsidRPr="00384094">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005111B7" w:rsidRDefault="005111B7" w:rsidP="005111B7">
+          <w:p w14:paraId="094C973F" w14:textId="77777777" w:rsidR="005111B7" w:rsidRDefault="005111B7" w:rsidP="005111B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Wydział Realizacji</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Umów Międzynarodowych</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B82945" w:rsidRDefault="00B82945" w:rsidP="005111B7">
-[...11 lines deleted...]
-          <w:p w:rsidR="00E46912" w:rsidRDefault="005111B7" w:rsidP="005111B7">
+          <w:p w14:paraId="5A52F70B" w14:textId="77777777" w:rsidR="00B82945" w:rsidRDefault="00B82945" w:rsidP="005111B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BDC52D0" w14:textId="77777777" w:rsidR="00E46912" w:rsidRDefault="005111B7" w:rsidP="005111B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>ul. Wybickiego 39</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005111B7" w:rsidRPr="00384094" w:rsidRDefault="005111B7" w:rsidP="005111B7">
+          <w:p w14:paraId="0E61CC08" w14:textId="77777777" w:rsidR="005111B7" w:rsidRPr="00384094" w:rsidRDefault="005111B7" w:rsidP="005111B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>86-300 Grudziądz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E46912" w:rsidRDefault="00E54D55" w:rsidP="00384094">
+          <w:p w14:paraId="58DD19E9" w14:textId="77777777" w:rsidR="00E46912" w:rsidRDefault="00E54D55" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Dania</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001145BD" w:rsidRDefault="001145BD" w:rsidP="00384094">
+          <w:p w14:paraId="3537D2AB" w14:textId="77777777" w:rsidR="001145BD" w:rsidRDefault="001145BD" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Szwajcaria</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001145BD" w:rsidRPr="00EC2498" w:rsidRDefault="001145BD" w:rsidP="00384094">
+          <w:p w14:paraId="3999A77D" w14:textId="77777777" w:rsidR="001145BD" w:rsidRPr="00EC2498" w:rsidRDefault="001145BD" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Węgry</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidTr="008B0341">
+      <w:tr w:rsidR="00384094" w:rsidRPr="00EC2498" w14:paraId="25B776F6" w14:textId="77777777" w:rsidTr="008B0341">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B82945" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="6740D891" w14:textId="77777777" w:rsidR="00B82945" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C067E">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>I Oddział ZUS w Warszawie</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Wydział Realizacji</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EC2498">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Helvetica"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Umów Międzynarodowych</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="3DC1325B" w14:textId="77777777" w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">ul. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3423,301 +3409,304 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="150" w:type="dxa"/>
               <w:left w:w="150" w:type="dxa"/>
               <w:bottom w:w="150" w:type="dxa"/>
               <w:right w:w="150" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00384094" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="37B59451" w14:textId="77777777" w:rsidR="00384094" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Bułgaria</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Chorwacja</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00EC2498">
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Francja</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Luksemburg</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2498">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>Rumunia</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00384094" w:rsidRDefault="00384094" w:rsidP="00384094">
-[...11 lines deleted...]
-          <w:p w:rsidR="00384094" w:rsidRPr="00AD2844" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="4C07B74D" w14:textId="77777777" w:rsidR="00384094" w:rsidRDefault="00384094" w:rsidP="00384094">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F0FD093" w14:textId="77777777" w:rsidR="00384094" w:rsidRPr="00AD2844" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2844">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Macedonia</w:t>
             </w:r>
             <w:r w:rsidR="001145BD">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve"> Północna</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00AD2844">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t xml:space="preserve">, Bośnia i Hercegowina, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="00384094">
+          <w:p w14:paraId="7CC17BCE" w14:textId="77777777" w:rsidR="00384094" w:rsidRPr="00EC2498" w:rsidRDefault="00384094" w:rsidP="00384094">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2844">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Serbia, Czarnogóra</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2844">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:eastAsia="Times New Roman" w:hAnsi="Lato" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:br/>
               <w:t>USA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CC6FED" w:rsidRDefault="00CC6FED" w:rsidP="00CC6FED"/>
+    <w:p w14:paraId="0A5B8F37" w14:textId="77777777" w:rsidR="00CC6FED" w:rsidRDefault="00CC6FED" w:rsidP="00CC6FED"/>
     <w:sectPr w:rsidR="00CC6FED">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato Regular">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020F0502020204030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lato">
-    <w:panose1 w:val="020F0502020204030203"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45AA3D2D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40EADBFC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3822,51 +3811,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D356B4A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C065A5E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3971,634 +3960,581 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="381684578">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="898174864">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003856E0"/>
     <w:rsid w:val="00013351"/>
     <w:rsid w:val="00021948"/>
     <w:rsid w:val="0006452B"/>
     <w:rsid w:val="000E3399"/>
     <w:rsid w:val="000F4348"/>
     <w:rsid w:val="001145BD"/>
     <w:rsid w:val="0016633F"/>
+    <w:rsid w:val="001C067F"/>
     <w:rsid w:val="001C36A6"/>
     <w:rsid w:val="001C70D5"/>
     <w:rsid w:val="001D701F"/>
     <w:rsid w:val="00211273"/>
     <w:rsid w:val="00211CAC"/>
     <w:rsid w:val="002661F8"/>
     <w:rsid w:val="00272DD1"/>
     <w:rsid w:val="00292ED6"/>
     <w:rsid w:val="002B22CC"/>
     <w:rsid w:val="002C067E"/>
+    <w:rsid w:val="00313A44"/>
     <w:rsid w:val="003368B0"/>
     <w:rsid w:val="00384094"/>
     <w:rsid w:val="003856E0"/>
     <w:rsid w:val="003A0CAE"/>
     <w:rsid w:val="003E14A0"/>
     <w:rsid w:val="00436C3B"/>
     <w:rsid w:val="0045283E"/>
     <w:rsid w:val="004C1F4E"/>
     <w:rsid w:val="005111B7"/>
     <w:rsid w:val="0051746E"/>
     <w:rsid w:val="00525BFA"/>
     <w:rsid w:val="00561677"/>
     <w:rsid w:val="005B3FFB"/>
     <w:rsid w:val="005B64DE"/>
     <w:rsid w:val="0063552C"/>
     <w:rsid w:val="006B1DF4"/>
     <w:rsid w:val="007901E5"/>
     <w:rsid w:val="007A2355"/>
     <w:rsid w:val="007A5BCB"/>
     <w:rsid w:val="007B19D4"/>
     <w:rsid w:val="007B467F"/>
     <w:rsid w:val="007F2FF0"/>
     <w:rsid w:val="00851BE5"/>
     <w:rsid w:val="00887BDA"/>
     <w:rsid w:val="008C74F7"/>
     <w:rsid w:val="008E25FE"/>
     <w:rsid w:val="00903341"/>
     <w:rsid w:val="00933761"/>
     <w:rsid w:val="00961B31"/>
     <w:rsid w:val="009935F7"/>
     <w:rsid w:val="009C4F0A"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="00A2715F"/>
     <w:rsid w:val="00A479D0"/>
+    <w:rsid w:val="00A5230A"/>
     <w:rsid w:val="00AD2844"/>
     <w:rsid w:val="00AE0641"/>
     <w:rsid w:val="00B73425"/>
     <w:rsid w:val="00B82945"/>
     <w:rsid w:val="00BA4306"/>
+    <w:rsid w:val="00C51B03"/>
     <w:rsid w:val="00C6042E"/>
     <w:rsid w:val="00C85CB6"/>
     <w:rsid w:val="00CC6FED"/>
     <w:rsid w:val="00CF184D"/>
     <w:rsid w:val="00D669E9"/>
     <w:rsid w:val="00D7455F"/>
     <w:rsid w:val="00D8293A"/>
+    <w:rsid w:val="00DA552C"/>
     <w:rsid w:val="00E15193"/>
     <w:rsid w:val="00E21FAA"/>
     <w:rsid w:val="00E46912"/>
     <w:rsid w:val="00E54D55"/>
     <w:rsid w:val="00E61E10"/>
     <w:rsid w:val="00E934F8"/>
     <w:rsid w:val="00E94497"/>
     <w:rsid w:val="00E9497A"/>
     <w:rsid w:val="00F334C7"/>
     <w:rsid w:val="00F405DF"/>
     <w:rsid w:val="00F56FCF"/>
     <w:rsid w:val="00F93001"/>
     <w:rsid w:val="00FA1809"/>
     <w:rsid w:val="00FD0BBA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="055E7D7E"/>
+  <w15:docId w15:val="{242EAE1D-F70A-46B2-97D7-B898C4B12056}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...436 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005111B7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -4701,73 +4637,73 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A2715F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
     <w:basedOn w:val="TekstkomentarzaZnak"/>
     <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A2715F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1298947035">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5031,67 +4967,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55A2261E-3ED5-4C94-B396-73FDA74E005B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>4</Pages>
   <Words>341</Words>
-  <Characters>2049</Characters>
+  <Characters>2048</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ZUS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2386</CharactersWithSpaces>
+  <CharactersWithSpaces>2385</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Markiewicz, Ewa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>