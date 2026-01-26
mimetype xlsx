--- v0 (2025-10-09)
+++ v1 (2026-01-26)
@@ -5,71 +5,76 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\robert.chrusciel\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\udzialy\DSP\Szkoleniowy\TJO\NASZE_IMIENNE\Chruściel Robert\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{81C2F4E0-671C-4A07-960D-636187413C9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6DF5750-682A-4E03-8715-CC6B00ECD3A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
     <sheet name="Arkusz2" sheetId="2" r:id="rId2"/>
     <sheet name="Arkusz3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabela1[#All]</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="264">
   <si>
     <t>L.p.</t>
   </si>
   <si>
     <t>Nazwa Oddziału lub Centrali</t>
   </si>
   <si>
     <t>Adres e-mail utworzony na potrzeby obsługi staży i praktyk</t>
   </si>
   <si>
     <t>Imię i nazwisko pracownika Oddziału lub Centrali odpowiedzialnego za obsługę staży i praktyk</t>
   </si>
   <si>
     <t>Numer telefonu pracownika Oddziału lub Centrali obsługującego staże i praktyki</t>
   </si>
   <si>
     <t>Centrali</t>
   </si>
   <si>
     <t>Oddział ZUS w Białymstoku</t>
   </si>
   <si>
     <t>praktyki.bialystok@zus.pl</t>
   </si>
   <si>
@@ -592,53 +597,50 @@
     <t>Katarzyna Staszak</t>
   </si>
   <si>
     <t>52 341 82 29</t>
   </si>
   <si>
     <t>Marta Piznal</t>
   </si>
   <si>
     <t>41 367 71 67</t>
   </si>
   <si>
     <t xml:space="preserve">Joanna Kulińska </t>
   </si>
   <si>
     <t>Sylwia Bednarek</t>
   </si>
   <si>
     <t>94 348 59 46</t>
   </si>
   <si>
     <t>61 874 55 39</t>
   </si>
   <si>
     <t xml:space="preserve">Justyna Zydek </t>
-  </si>
-[...1 lines deleted...]
-    <t>56 610 93 03</t>
   </si>
   <si>
     <t>Aneta Łozińska</t>
   </si>
   <si>
     <t>22 538 20 05</t>
   </si>
   <si>
     <t>22 590 25 05</t>
   </si>
   <si>
     <t>Dorota Tabaka</t>
   </si>
   <si>
     <t xml:space="preserve">32 277 87 78 </t>
   </si>
   <si>
     <t xml:space="preserve">Aleksandra Chrzanowska </t>
   </si>
   <si>
     <t xml:space="preserve">Edyta Kupaj </t>
   </si>
   <si>
     <t>praktyki.walbrzych@zus.pl</t>
   </si>
@@ -659,73 +661,67 @@
   </si>
   <si>
     <t>67 210 57 44
 67 210 57 46</t>
   </si>
   <si>
     <t>Anna Żyjewska
 Ewa Makutynowicz</t>
   </si>
   <si>
     <t>Hanna Szlecht
 Elżbieta Kopciał</t>
   </si>
   <si>
     <t>Magdalena Nadolska
 Beata Walkowiak</t>
   </si>
   <si>
     <t>Elżbieta Pawlak
 Sylwia Rogozińska</t>
   </si>
   <si>
     <t>praktyki.warszawa2@zus.pl</t>
   </si>
   <si>
-    <t>13 446 40 01 wew. 253</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">22 890 44 12
 22 890 44 09 </t>
   </si>
   <si>
     <t>12 424 62 96</t>
   </si>
   <si>
     <t>Centrum Informatyki</t>
   </si>
   <si>
     <t xml:space="preserve">praktyki.CI@zus.pl </t>
   </si>
   <si>
     <t>Emilia Krupicka</t>
   </si>
   <si>
     <t>58 307 82 78</t>
-  </si>
-[...1 lines deleted...]
-    <t>Katarzyna Biernacka</t>
   </si>
   <si>
     <t>Beata De Lambert (staże i praktyki)
 Aleksandra Nasiadka (staże UP)</t>
   </si>
   <si>
     <t>71 36 06 170</t>
   </si>
   <si>
     <t>68 329 42 36</t>
   </si>
   <si>
     <t>Aneta Włodarczyk (praktyki)
 Ewelina Lisowska (staże)</t>
   </si>
   <si>
     <t xml:space="preserve">Joanna Gałek
 Wioleta Witek </t>
   </si>
   <si>
     <t>59 841 91 67
 59 841 92 45</t>
   </si>
   <si>
     <t>Dorota Kardasińska</t>
@@ -806,119 +802,112 @@
 Anna Wolanin</t>
   </si>
   <si>
     <t>Magdalena Pietrasz (staże) 
 Marzena Kowalczyk (praktyki) 
 Agnieszka Fifagrowicz (praktyki)</t>
   </si>
   <si>
     <t>Marta Sygizman 
 Katarzyna Korzeń</t>
   </si>
   <si>
     <t>Magdalena Orłowska 
 Damian Janusz</t>
   </si>
   <si>
     <t>Anna  Zagajewska
 Donata Śniegocka 
 Gabriela Nowacka</t>
   </si>
   <si>
     <t>Natalia Krzemińska 
 Benedykt Szokalski</t>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-  <si>
     <t>Adres e-mail do obsługi 
 staży i praktyk</t>
   </si>
   <si>
     <t>Imię i nazwisko pracownika 
 odpowiedzialnego za obsługę 
 staży i praktyk</t>
   </si>
   <si>
     <t>Numer telefonu pracownika 
 obsługującego staże i praktyki</t>
   </si>
   <si>
     <t>Małgorzata Sorota 
 Ewelina Bienasz (praktyki)
 Ewelina Błażejowska (staże UP)</t>
   </si>
   <si>
     <t>Robert Chruściel 
 Klaudia Szokalska</t>
   </si>
   <si>
     <t>22 667 15 72 
 22 667 15 74</t>
   </si>
   <si>
     <t xml:space="preserve">Monika Kulwicka                           Patrycja Jarzynka                             Agata Skwira </t>
   </si>
   <si>
-    <t>55-64-19-297                                                 55-64-19- 304                                                  55-64-19-202</t>
-[...1 lines deleted...]
-  <si>
     <t>Magdalena Kacprzak</t>
   </si>
   <si>
     <t>24 266 10 33</t>
   </si>
   <si>
     <t>43 824 57 53</t>
   </si>
   <si>
     <t>Natalia Gałuszka</t>
   </si>
   <si>
     <t xml:space="preserve">32 624 53 45 </t>
+  </si>
+  <si>
+    <t>Agata Rudewicz-Winkler</t>
+  </si>
+  <si>
+    <t>77 451 17 75</t>
+  </si>
+  <si>
+    <t>Joanna Jagielska
+Maria Mieczykowska</t>
+  </si>
+  <si>
+    <t>56 659 56 18
+56 659 56 22</t>
+  </si>
+  <si>
+    <t>13 443 74 32</t>
+  </si>
+  <si>
+    <t>55 64 19 297                                                 55 64 19 304                                                  55 64 19 202</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1064,247 +1053,259 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hiperłącze" xfId="1" builtinId="8"/>
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="8">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="10"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
-    </dxf>
-[...10 lines deleted...]
-      <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabela1" displayName="Tabela1" ref="A1:E46" totalsRowShown="0" headerRowDxfId="7" dataDxfId="5" headerRowBorderDxfId="6">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabela1" displayName="Tabela1" ref="A1:E46" totalsRowShown="0" headerRowDxfId="7" dataDxfId="0" headerRowBorderDxfId="6">
   <autoFilter ref="A1:E46" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="L.p." dataDxfId="4"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Numer telefonu pracownika _x000a_obsługującego staże i praktyki" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="L.p." dataDxfId="5"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Nazwa Oddziału lub Centrali" dataDxfId="4"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Adres e-mail do obsługi _x000a_staży i praktyk" dataDxfId="3" dataCellStyle="Hiperłącze"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Imię i nazwisko pracownika _x000a_odpowiedzialnego za obsługę _x000a_staży i praktyk" dataDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Numer telefonu pracownika _x000a_obsługującego staże i praktyki" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office 2007–2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1563,841 +1564,841 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.koszalin@zus.pl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.lodz2@zus.pl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.poznan2@zus.pl" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.warszawa2@zus.pl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.opole@zus.pl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.tarnow@zus.pl" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.zabrze@zus.pl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.czestochowa@zus.pl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.bielskobiala@zus.pl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.lublin@zus.pl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.rzeszow@zus.pl" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.bialystok@zus.pl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.chrzanow@zus.pl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.jaslo@zus.pl" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.plock@zus.pl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.sosnowiec@zus.pl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.walbrzych@zus.pl" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.warszawa3@zus.pl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.CI@zus.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.chorzow@zus.pl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.legnica@zus.pl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.pila@zus.pl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.rybnik@zus.pl" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.torun@zus.pl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.gorzow@zus.pl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.nowysacz@zus.pl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.slupsk@zus.pl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.centralazus@zus.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.bydgoszcz@zus.pl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.gdansk@zus.pl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.krakow@zus.pl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.ostrow@zus.pl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.radom@zus.pl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.siedlce@zus.pl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.tomaszowm@zus.pl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.zielonagora@zus.pl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.elblag@zus.pl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.bilgoraj@zus.pl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.kielce@zus.pl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.lodz1@zus.pl" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.poznan1@zus.pl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.szczecin@zus.pl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.warszawa1@zus.pl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.olsztyn@zus.pl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praktyki.wroclaw@zus.pl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+      <selection activeCell="H5" sqref="H5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="43" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="36.7109375" style="5" customWidth="1"/>
     <col min="6" max="16384" width="8.7109375" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="6" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="6" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D2" s="16" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>258</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="3" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="18">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="18">
         <v>3</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>182</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A5" s="18">
         <v>4</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D5" s="9" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E5" s="9" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18">
         <v>5</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>180</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A7" s="18">
         <v>6</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D7" s="15" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E7" s="15" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="8" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="18">
         <v>7</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="12" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A9" s="18">
         <v>8</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D9" s="13" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="E9" s="14" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="8" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="18">
         <v>9</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
     </row>
     <row r="11" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="18">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D11" s="16" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E11" s="16" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="12" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="18">
         <v>11</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="11" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="18">
         <v>12</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>48</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>208</v>
+        <v>262</v>
       </c>
     </row>
     <row r="14" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="18">
         <v>13</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>184</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="15" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="18">
         <v>14</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>185</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="16" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="18">
         <v>15</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A17" s="18">
         <v>16</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="18">
         <v>17</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>68</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="8" customFormat="1" ht="36.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="18">
         <v>18</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D19" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="E19" s="9" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="18">
         <v>19</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D20" s="11" t="s">
         <v>76</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="18">
         <v>20</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>80</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="8" customFormat="1" ht="36.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="18">
         <v>21</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="18">
         <v>22</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D23" s="16" t="s">
-        <v>215</v>
+        <v>258</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>89</v>
+        <v>259</v>
       </c>
     </row>
     <row r="24" spans="1:5" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="18">
         <v>23</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="8" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="18">
         <v>24</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="18">
         <v>25</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>98</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D26" s="17" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E26" s="11" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
     </row>
     <row r="27" spans="1:5" s="10" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="18">
         <v>26</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="8" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="18">
         <v>27</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="8" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="18">
         <v>28</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="18">
         <v>29</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D30" s="7" t="s">
         <v>188</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="8" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A31" s="18">
         <v>30</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
     <row r="32" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="18">
         <v>31</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>124</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:5" s="12" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A33" s="18">
         <v>32</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>126</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E33" s="13" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
     </row>
     <row r="34" spans="1:5" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A34" s="18">
         <v>33</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
     </row>
     <row r="35" spans="1:5" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A35" s="18">
         <v>34</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D35" s="19" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E35" s="19" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
     </row>
     <row r="36" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="18">
         <v>35</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
     </row>
     <row r="37" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="18">
         <v>36</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
     </row>
     <row r="38" spans="1:5" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A38" s="18">
         <v>37</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>260</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="39" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="18">
         <v>38</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>138</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D39" s="16" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="E39" s="16" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
     </row>
     <row r="40" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="18">
         <v>39</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D40" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="E40" s="7" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="41" spans="1:5" s="8" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="18">
         <v>40</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="42" spans="1:5" s="12" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A42" s="18">
         <v>41</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>141</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D42" s="13" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E42" s="13" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="43" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="18">
         <v>42</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D43" s="17" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="E43" s="17" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
     </row>
     <row r="44" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="18">
         <v>43</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>143</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D44" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="E44" s="11" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:5" s="12" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="18">
         <v>44</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D45" s="11" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E45" s="17" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="46" spans="1:5" s="8" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A46" s="20">
         <v>45</v>
       </c>
       <c r="B46" s="21" t="s">
         <v>145</v>
       </c>
       <c r="C46" s="22" t="s">
         <v>178</v>
       </c>
       <c r="D46" s="23" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E46" s="23" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C3" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="C4" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="C5" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="C6" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="C7" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="C8" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="C9" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="C10" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="C11" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="C12" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="C13" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="C14" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="C15" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="C16" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="C17" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="C18" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="C19" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="C20" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="C21" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="C22" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
     <hyperlink ref="C23" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
@@ -2405,51 +2406,51 @@
     <hyperlink ref="C25" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="C26" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
     <hyperlink ref="C27" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="C28" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
     <hyperlink ref="C29" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
     <hyperlink ref="C30" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
     <hyperlink ref="C31" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
     <hyperlink ref="C32" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
     <hyperlink ref="C33" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
     <hyperlink ref="C34" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
     <hyperlink ref="C35" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
     <hyperlink ref="C36" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
     <hyperlink ref="C37" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
     <hyperlink ref="C38" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
     <hyperlink ref="C39" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
     <hyperlink ref="C40" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
     <hyperlink ref="C41" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
     <hyperlink ref="C42" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
     <hyperlink ref="C43" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
     <hyperlink ref="C44" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
     <hyperlink ref="C45" r:id="rId43" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
     <hyperlink ref="C46" r:id="rId44" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
     <hyperlink ref="C2" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="57" fitToHeight="0" orientation="portrait" r:id="rId46"/>
+  <pageSetup paperSize="9" scale="55" fitToHeight="0" orientation="portrait" r:id="rId46"/>
   <tableParts count="1">
     <tablePart r:id="rId47"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:A165"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="97" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.25">